--- v0 (2025-10-26)
+++ v1 (2025-12-10)
@@ -36,51 +36,51 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Indicação nº 51 de 2025</t>
   </si>
   <si>
-    <t>Aurílio Lacerda de Alencar</t>
+    <t>Aurílio Lacerda</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor George Washington Pereira Alencar, Prefeito do Município de Granito – PE, que seja providenciada, a pavimentação em paralelepípedo nas ruas projetadas do distrito Bela vista bem como nas ruas Zé Bedeu, Cornélio Carlos de Alencar, Padre Cícero, Asa Branca situado no distrito citado deste município.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Indicação nº 53 de 2025</t>
   </si>
   <si>
     <t>Fátima do Sindicato</t>
   </si>
   <si>
     <t>Reforma e manutenção dos banheiros públicos do Distrito de Rancharia.</t>
   </si>
   <si>
     <t>Indicação nº 35 de 2025</t>
   </si>
   <si>
     <t>Gabriel Duarte</t>
   </si>
   <si>
     <t>Propor ao Excelentíssimo Senhor Prefeito Municipal, George W. Pereira de Alencar, a adesão e inscrição do Município de Granito ao Selo UNICEF.</t>
   </si>
@@ -420,51 +420,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="24.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="18.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">