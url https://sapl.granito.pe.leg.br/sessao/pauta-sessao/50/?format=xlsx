--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -54,51 +54,51 @@
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Indicação nº 24 de 2025</t>
   </si>
   <si>
     <t>Júnior Leonel</t>
   </si>
   <si>
     <t>Solicita a construção de uma passagem molhada na comunidade do sítio Alecrim de cima Granito-PE.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Indicação nº 25 de 2025</t>
   </si>
   <si>
     <t>Solicita a Revitalização e ampliação da passagem molhada do sítio Alecrim de baixo Granito-PE.</t>
   </si>
   <si>
     <t>Indicação nº 28 de 2025</t>
   </si>
   <si>
-    <t>Aurílio Lacerda de Alencar</t>
+    <t>Aurílio Lacerda</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito do Município de Granito-PE, George de Sidney, que sejam criados espaços especiais e prioritários para pessoas com neurodivergências em todos os eventos promovidos pelo município, especialmente na ExpoGranito.</t>
   </si>
   <si>
     <t>Indicação nº 29 de 2025</t>
   </si>
   <si>
     <t>Ana Maria</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor George de Sidney Ferreira, Prefeito do Município de Granito – PE, que sejam envidados esforços no sentido de adquirir uma máquina de raio-X digital para o Hospital Municipal de Granito.</t>
   </si>
   <si>
     <t>Indicação nº 30 de 2025</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor George Washington pereira Alencar, Prefeito do Município de Granito – PE, que seja levada ao Consórcio Intermunicipal do Sertão do Araripe Pernambucano (CISAPE) a proposta de criação de um Canil Regional, com estrutura adequada para o acolhimento, tratamento e controle da população de animais abandonados nos municípios consorciados.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
@@ -417,51 +417,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="24.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">