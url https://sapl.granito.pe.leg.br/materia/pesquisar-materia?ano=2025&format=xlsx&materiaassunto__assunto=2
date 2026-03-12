--- v0 (2026-01-25)
+++ v1 (2026-03-12)
@@ -54,63 +54,63 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Executivo Municipal - PREF</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2025/53/projeto_de_lei_no_005-2025__transporte_universitario.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2025/53/projeto_de_lei_no_005-2025__transporte_universitario.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DO TRANSPORTE UNIVERSITÁRIO OFERECIDO PELO MUNICÍPIO DE GRANITO, ESTADO DE PERNAMBUCO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2025/62/projeto_de_lei_no_006-2025_reajuste_dos_professores_-_completo.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2025/62/projeto_de_lei_no_006-2025_reajuste_dos_professores_-_completo.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos aos servidores do magistério, para adequação ao piso salarial profissional nacional dos profissionais do magistério público da educação básica do Município de Granito, Estado de Pernambuco, nos termos em que preceitua a Lei Federal nº 11.738/2008 e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -417,68 +417,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2025/53/projeto_de_lei_no_005-2025__transporte_universitario.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2025/62/projeto_de_lei_no_006-2025_reajuste_dos_professores_-_completo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2025/53/projeto_de_lei_no_005-2025__transporte_universitario.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2025/62/projeto_de_lei_no_006-2025_reajuste_dos_professores_-_completo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>