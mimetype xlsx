--- v0 (2026-01-25)
+++ v1 (2026-03-12)
@@ -51,318 +51,318 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/26/1projeto_de_lei_n_01-2024_-_criacao_de_cargos.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/26/1projeto_de_lei_n_01-2024_-_criacao_de_cargos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos em Comissão para o HPP (Hospital Municipal de Pequeno Porte Maria Senhoria) e de coordenador de Farmácia das UBS e da criação e revisão na remuneração de vagas de provimento em Comissão para a na Secretaria Municipal de Desenvolvimento Social, Direitos Humanos, Criança e Juventude e Secretária Municipal da Mulher, bem como cargo de provimento comissionado e efetivo de nível superior para a secretária de Educação e dá outra providencias.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/27/02projeto_de_lei_02-2024_-_aumento_dos_servidores_efetivos.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/27/02projeto_de_lei_02-2024_-_aumento_dos_servidores_efetivos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de reajuste no salário base de determinadas categorias de Servidores Efetivos do Executivo Municipal de Granito, Estado de Pernambuco e dá outras providências.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/18/pl_04_2024.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/18/pl_04_2024.pdf</t>
   </si>
   <si>
     <t>REVOGA AS LEIS MUNICIPAIS Nº 0245/2010 e Nº 0311/2013, FIXA O PISO SALARIAL DOS PROFESSORES, INSTITUI O PLANO DE CARGOS E CARREIRAS E REMUNERAÇÕES - PCCR, DO MAGISTÉRIO E DOS CARGOS DE GRADUAÇÃO DA EDUCAÇÃO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/19/pl_05_2024.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/19/pl_05_2024.pdf</t>
   </si>
   <si>
     <t>Altera a nomenclatura de cargos criados pela Lei Municipal N° 483 de 05 de abril de 2024, do Município de Granito, Estado de Pernambuco e dá outras providências.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/20/pl_06_2024.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/20/pl_06_2024.pdf</t>
   </si>
   <si>
     <t>Cria os componentes do Sistema Nacional de Segurança Alimentar do Município de Granito, Estado de Pernambuco, define os parâmetros para elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional, e dá outras providências.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/21/pl_07_2024.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/21/pl_07_2024.pdf</t>
   </si>
   <si>
     <t>Cria no município de Granito, Estado de Pernambuco, a Gratificação por Desempenho da Saúde Bucal na Atenção Primária à Saúde - APS, com base na Portaria Federal n° 960, de 28 de julho de 2023, do Ministério da Saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/22/pl_08_2024.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/22/pl_08_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no Orçamento Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/28/pl_09_2024.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/28/pl_09_2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA DE EDUCAÇÃO INTEGRAL NO MUNÍCIPIO DE GRANITO, ESTADO DE PERNAMBUCO.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Executivo Municipal - PREF</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/10/projeto_de_lei_na11-2024_naps_reformulado.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/10/projeto_de_lei_na11-2024_naps_reformulado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E REGULARIZAÇÃO DO NAPS (NÚCLEO DE APOIO PSICOSSOCIAL), NO MUNICÍPIO DE GRANITO/PE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/11/pl_12_2024.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/11/pl_12_2024.pdf</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a DESPESA do Município para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/12/projeto_de_lei_no_013_completo.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/12/projeto_de_lei_no_013_completo.pdf</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/13/projeto_de_lei_n_014_completo.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/13/projeto_de_lei_n_014_completo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do Plano Plurianual para o período 2022/2025, para o exercício financeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/14/projeto_de_lei_n_15-2024_.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/14/projeto_de_lei_n_15-2024_.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 015/2024 Regulamenta, no município dos Granito, Estado de Pernambuco a nova metodologia de cofinanciamento federal do Piso de Atenção Primária à Saúde - APS, no âmbito do Sistema Único de Saúde (SUS), que autoriza o Pagamento da Gratificação por Desempenho do Componente de Qualidade na Atenção Primária à Saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/15/projeto_de_lei_n16-2024_controle_de_zoonozes.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/15/projeto_de_lei_n16-2024_controle_de_zoonozes.pdf</t>
   </si>
   <si>
     <t>Institui Política Pública Municipal de controle de natalidade de cães e gatos e dá outras providências.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/30/pl_17.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/30/pl_17.pdf</t>
   </si>
   <si>
     <t>Dispõe acerca da criação e delimitação dos Distritos de Lagoa Nova, Bela Vista e Rancharia, no Município de Granito, Estado de Pernambuco e dá outras providencias.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/31/pl_18.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/31/pl_18.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no Orçamento Municipal; e dá outras providências.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/32/pl_19.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/32/pl_19.pdf</t>
   </si>
   <si>
     <t>Institui o Código Tributário do Município de Granito-PE e dá outras providencias.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/33/pl_20.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/33/pl_20.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema de Avaliação Municipal de Educação Básica (SAEGRA).</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/34/projeto_de_lei_n_21-_2024-_brasao_e_bandeira_-_completo.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/34/projeto_de_lei_n_21-_2024-_brasao_e_bandeira_-_completo.pdf</t>
   </si>
   <si>
     <t>Regulamenta como oficial o Brasão e a Bandeira do Município de Granito-PE e dá outras providências.</t>
   </si>
   <si>
     <t>PLG</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/16/projeto_de_lei_de_subsidio_dos_vereadores.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/16/projeto_de_lei_de_subsidio_dos_vereadores.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS VEREADORES, PARA A PRÓXIMA LEGISLATURA, INICIANDO EM  2025 E INSTITUI O 13 SALÁRIO.</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/17/projeto_de_lei_de_subsidio_do_prefeito_vice_prefeito_e_secretarios.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/17/projeto_de_lei_de_subsidio_do_prefeito_vice_prefeito_e_secretarios.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SUBSÍDIO DO PREFEITO (A) VICE-PREFEITO (A) E SECRETÁRIOS MUNICIPAIS   PARA A LEGISLATURA QUE SE INICIARÁ EM 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Antônio Carlos</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/</t>
+    <t>http://sapl.granito.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Modifica a redação da alinea a, do inciso I, do artigo nº 8 do Projeto de Lei 013/2024 e Emenda Aditiva ao Projeto!</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/39/emenda_pl_19001.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/39/emenda_pl_19001.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo do projeto de lei nº 19, de 2024, do Poder Executivo Municipal de Granito e dá outras providências.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/40/emenda_pl_19002.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/40/emenda_pl_19002.pdf</t>
   </si>
   <si>
     <t>Acresente-se os seguintes incisos, VII,VIII, IX, X, XI, XII e XIII ao artigo 34, do projeto de lei nº 19, de 2024, com a seguinte redação:</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/41/emenda_pl_19003.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/41/emenda_pl_19003.pdf</t>
   </si>
   <si>
     <t>Ficam modificados os incisos I e II da tabela contida no artigo 297, do projeto de lei nº 19, de 2024.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/42/emenda_pl_19004.pdf</t>
+    <t>http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/42/emenda_pl_19004.pdf</t>
   </si>
   <si>
     <t>Ficam modificada a tabela contida no inciso IV, alínea a, do artigo 14, do Projeto de lei nº 19, de 29 de novembro de 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -669,68 +669,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/26/1projeto_de_lei_n_01-2024_-_criacao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/27/02projeto_de_lei_02-2024_-_aumento_dos_servidores_efetivos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/18/pl_04_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/19/pl_05_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/20/pl_06_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/21/pl_07_2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/22/pl_08_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/28/pl_09_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/10/projeto_de_lei_na11-2024_naps_reformulado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/11/pl_12_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/12/projeto_de_lei_no_013_completo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/13/projeto_de_lei_n_014_completo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/14/projeto_de_lei_n_15-2024_.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/15/projeto_de_lei_n16-2024_controle_de_zoonozes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/30/pl_17.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/31/pl_18.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/32/pl_19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/33/pl_20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/34/projeto_de_lei_n_21-_2024-_brasao_e_bandeira_-_completo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/16/projeto_de_lei_de_subsidio_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/17/projeto_de_lei_de_subsidio_do_prefeito_vice_prefeito_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/39/emenda_pl_19001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/40/emenda_pl_19002.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/41/emenda_pl_19003.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/42/emenda_pl_19004.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/26/1projeto_de_lei_n_01-2024_-_criacao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/27/02projeto_de_lei_02-2024_-_aumento_dos_servidores_efetivos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/18/pl_04_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/19/pl_05_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/20/pl_06_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/21/pl_07_2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/22/pl_08_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/28/pl_09_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/10/projeto_de_lei_na11-2024_naps_reformulado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/11/pl_12_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/12/projeto_de_lei_no_013_completo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/13/projeto_de_lei_n_014_completo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/14/projeto_de_lei_n_15-2024_.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/15/projeto_de_lei_n16-2024_controle_de_zoonozes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/30/pl_17.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/31/pl_18.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/32/pl_19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/33/pl_20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/34/projeto_de_lei_n_21-_2024-_brasao_e_bandeira_-_completo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/16/projeto_de_lei_de_subsidio_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/17/projeto_de_lei_de_subsidio_do_prefeito_vice_prefeito_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/39/emenda_pl_19001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/40/emenda_pl_19002.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/41/emenda_pl_19003.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.granito.pe.leg.br/media/sapl/public/materialegislativa/2024/42/emenda_pl_19004.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>